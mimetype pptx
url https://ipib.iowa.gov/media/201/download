--- v0 (2025-10-05)
+++ v1 (2025-12-26)
@@ -52,51 +52,50 @@
   <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide46.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide47.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide50.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
@@ -120,138 +119,136 @@
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide44.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide45.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483742" r:id="rId1"/>
     <p:sldMasterId id="2147483754" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId68"/>
+    <p:notesMasterId r:id="rId67"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId69"/>
+    <p:handoutMasterId r:id="rId68"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="359" r:id="rId3"/>
     <p:sldId id="296" r:id="rId4"/>
     <p:sldId id="459" r:id="rId5"/>
     <p:sldId id="262" r:id="rId6"/>
     <p:sldId id="479" r:id="rId7"/>
     <p:sldId id="480" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="421" r:id="rId10"/>
     <p:sldId id="437" r:id="rId11"/>
     <p:sldId id="481" r:id="rId12"/>
     <p:sldId id="267" r:id="rId13"/>
     <p:sldId id="482" r:id="rId14"/>
     <p:sldId id="501" r:id="rId15"/>
     <p:sldId id="462" r:id="rId16"/>
-    <p:sldId id="464" r:id="rId17"/>
+    <p:sldId id="502" r:id="rId17"/>
     <p:sldId id="483" r:id="rId18"/>
     <p:sldId id="466" r:id="rId19"/>
     <p:sldId id="484" r:id="rId20"/>
     <p:sldId id="461" r:id="rId21"/>
     <p:sldId id="460" r:id="rId22"/>
     <p:sldId id="274" r:id="rId23"/>
     <p:sldId id="469" r:id="rId24"/>
     <p:sldId id="270" r:id="rId25"/>
     <p:sldId id="500" r:id="rId26"/>
     <p:sldId id="485" r:id="rId27"/>
     <p:sldId id="276" r:id="rId28"/>
     <p:sldId id="277" r:id="rId29"/>
     <p:sldId id="308" r:id="rId30"/>
     <p:sldId id="486" r:id="rId31"/>
     <p:sldId id="487" r:id="rId32"/>
     <p:sldId id="278" r:id="rId33"/>
     <p:sldId id="408" r:id="rId34"/>
     <p:sldId id="471" r:id="rId35"/>
     <p:sldId id="488" r:id="rId36"/>
     <p:sldId id="489" r:id="rId37"/>
     <p:sldId id="280" r:id="rId38"/>
     <p:sldId id="478" r:id="rId39"/>
     <p:sldId id="474" r:id="rId40"/>
     <p:sldId id="490" r:id="rId41"/>
     <p:sldId id="355" r:id="rId42"/>
     <p:sldId id="476" r:id="rId43"/>
     <p:sldId id="491" r:id="rId44"/>
     <p:sldId id="494" r:id="rId45"/>
-    <p:sldId id="493" r:id="rId46"/>
-[...20 lines deleted...]
-    <p:sldId id="441" r:id="rId67"/>
+    <p:sldId id="377" r:id="rId46"/>
+    <p:sldId id="495" r:id="rId47"/>
+    <p:sldId id="369" r:id="rId48"/>
+    <p:sldId id="496" r:id="rId49"/>
+    <p:sldId id="405" r:id="rId50"/>
+    <p:sldId id="440" r:id="rId51"/>
+    <p:sldId id="497" r:id="rId52"/>
+    <p:sldId id="358" r:id="rId53"/>
+    <p:sldId id="371" r:id="rId54"/>
+    <p:sldId id="372" r:id="rId55"/>
+    <p:sldId id="392" r:id="rId56"/>
+    <p:sldId id="433" r:id="rId57"/>
+    <p:sldId id="375" r:id="rId58"/>
+    <p:sldId id="423" r:id="rId59"/>
+    <p:sldId id="426" r:id="rId60"/>
+    <p:sldId id="498" r:id="rId61"/>
+    <p:sldId id="374" r:id="rId62"/>
+    <p:sldId id="373" r:id="rId63"/>
+    <p:sldId id="499" r:id="rId64"/>
+    <p:sldId id="376" r:id="rId65"/>
+    <p:sldId id="441" r:id="rId66"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7010400" cy="9296400"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -350,82 +347,82 @@
     <a:srgbClr val="1C3463"/>
     <a:srgbClr val="418AB3"/>
     <a:srgbClr val="878284"/>
     <a:srgbClr val="FAB907"/>
     <a:srgbClr val="FCC405"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="46280" autoAdjust="0"/>
     <p:restoredTop sz="93388" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="103" d="100"/>
           <a:sy n="103" d="100"/>
         </p:scale>
         <p:origin x="114" y="168"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1033,99 +1030,95 @@
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide46.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide47.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide50.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide52.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide54.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide55.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide56.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide57.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide58.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide59.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide60.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide61.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide62.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide64.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide63.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -3874,51 +3867,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{238F4C57-2E92-4701-95EE-80A909C3A1A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="860095859"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3060536766"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4001,51 +3994,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{238F4C57-2E92-4701-95EE-80A909C3A1A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3060536766"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1181330828"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4274,74 +4267,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>46</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{238F4C57-2E92-4701-95EE-80A909C3A1A6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65E666C5-E620-43A6-9BC7-70605960FEE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1181330828"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3596969726"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4424,51 +4417,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65E666C5-E620-43A6-9BC7-70605960FEE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3596969726"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3148668555"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4528,74 +4521,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65E666C5-E620-43A6-9BC7-70605960FEE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E10BF308-1F1D-4284-93C7-C3BA60EB882C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3148668555"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3719364076"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4655,74 +4648,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>49</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E10BF308-1F1D-4284-93C7-C3BA60EB882C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{456A7941-13AA-4297-9DC0-116200FD779F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3719364076"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="271868545"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4766,90 +4759,90 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr defTabSz="465887">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{069EC781-3611-490F-A0F9-757BEBA072C1}" type="slidenum">
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
-              <a:t>50</a:t>
+              <a:t>51</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{456A7941-13AA-4297-9DC0-116200FD779F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ECBE28D-A120-49C8-AC6A-EFF9E0ECBAD5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="271868545"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1830542960"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4909,74 +4902,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>52</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ECBE28D-A120-49C8-AC6A-EFF9E0ECBAD5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58E6057D-95DA-4E9F-8416-0522993A4AEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1830542960"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3838646894"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5036,74 +5029,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>53</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58E6057D-95DA-4E9F-8416-0522993A4AEF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77A9EF81-694B-4056-A9E1-AEF7E80EE636}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3838646894"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="67709767"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5163,74 +5156,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>54</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77A9EF81-694B-4056-A9E1-AEF7E80EE636}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA62FB92-68F5-4392-BC7D-F9675AD7EC16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="67709767"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1206074364"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5274,217 +5267,199 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr defTabSz="465887">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{069EC781-3611-490F-A0F9-757BEBA072C1}" type="slidenum">
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
-              <a:t>55</a:t>
+              <a:t>56</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA62FB92-68F5-4392-BC7D-F9675AD7EC16}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D57D9B-F48F-4EB9-B555-E908F8229886}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1206074364"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4168717920"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr defTabSz="465887">
-[...11 lines deleted...]
-              </a:pPr>
+            <a:fld id="{2DB87534-C1E4-492D-B61A-E9C3D91C607F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>57</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D57D9B-F48F-4EB9-B555-E908F8229886}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5382BD02-4EA5-477E-BEF1-549F4016689B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4168717920"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2792742285"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5603,109 +5578,102 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...19 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:pPr defTabSz="465887">
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{069EC781-3611-490F-A0F9-757BEBA072C1}" type="slidenum">
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              </a:rPr>
+              <a:pPr defTabSz="465887">
+                <a:defRPr/>
+              </a:pPr>
               <a:t>58</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" dirty="0"/>
-[...24 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2792742285"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2566997402"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5763,51 +5731,51 @@
             </a:pPr>
             <a:fld id="{069EC781-3611-490F-A0F9-757BEBA072C1}" type="slidenum">
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>59</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2566997402"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1483290885"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5862,54 +5830,79 @@
           <a:p>
             <a:pPr defTabSz="465887">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{069EC781-3611-490F-A0F9-757BEBA072C1}" type="slidenum">
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>60</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E3AC503-5A5C-4B2F-A328-FD9EB36630C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1483290885"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4006556909"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5969,74 +5962,74 @@
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
               <a:t>61</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E3AC503-5A5C-4B2F-A328-FD9EB36630C6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB092DE-2A58-4BB3-88CC-526F4E8252CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4006556909"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1362785904"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -6080,178 +6073,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr defTabSz="465887">
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{069EC781-3611-490F-A0F9-757BEBA072C1}" type="slidenum">
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
               <a:pPr defTabSz="465887">
                 <a:defRPr/>
               </a:pPr>
-              <a:t>62</a:t>
-[...126 lines deleted...]
-              <a:t>64</a:t>
+              <a:t>63</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B02F5616-3CDA-492D-85D5-913DBEEBC0C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
@@ -7148,51 +7014,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Date Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Footer Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7359,51 +7225,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7580,51 +7446,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7844,51 +7710,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="418AB3">
                   <a:lumMod val="40000"/>
                   <a:lumOff val="60000"/>
                 </a:srgbClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
@@ -8210,51 +8076,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="418AB3">
                   <a:lumMod val="40000"/>
                   <a:lumOff val="60000"/>
                 </a:srgbClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
@@ -8585,51 +8451,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8960,51 +8826,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C27E7077-0234-4630-92E5-DE179E54C9F6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9293,51 +9159,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9785,51 +9651,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9945,51 +9811,51 @@
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C27E7077-0234-4630-92E5-DE179E54C9F6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10128,51 +9994,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10456,51 +10322,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10770,51 +10636,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11028,51 +10894,51 @@
           <a:xfrm rot="16200000">
             <a:off x="10797542" y="998537"/>
             <a:ext cx="1904999" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1050" b="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="9959341" y="4046537"/>
             <a:ext cx="3581400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11735,51 +11601,51 @@
           <a:xfrm rot="16200000">
             <a:off x="10797542" y="998537"/>
             <a:ext cx="1904999" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1050" b="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FB158B95-C60A-4AA8-BA6A-079DA2D043FE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/19/2025</a:t>
+              <a:t>12/3/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="9959341" y="4046537"/>
             <a:ext cx="3581400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12425,114 +12291,110 @@
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide42.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide64.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide45.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/slides/_rels/slide65.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:gradFill flip="none" rotWithShape="1">
           <a:gsLst>
             <a:gs pos="2000">
               <a:schemeClr val="accent5">
                 <a:lumMod val="0"/>
@@ -12631,67 +12493,67 @@
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Iowa Public Information Board</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17CE0A7C-B78D-48EB-A079-3A74B7E15266}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8938249" y="6488668"/>
-            <a:ext cx="2364815" cy="369332"/>
+            <a:off x="8655377" y="6488668"/>
+            <a:ext cx="2723823" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Revised August 2025</a:t>
+              <a:t>Revised December 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4173225195"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -14007,71 +13869,71 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{998CD1BC-EA2A-4615-85D6-59C827FCEA3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>ATTENDANCE AT SOCIAL AND MINISTERIAL EVENTS</a:t>
+              <a:t>MINISTERIAL Purposes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CA7EA5E-32A1-4821-8791-32C9A538D124}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1261872" y="1928159"/>
-            <a:ext cx="9692640" cy="3647152"/>
+            <a:ext cx="9692640" cy="4616648"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
@@ -14100,134 +13962,85 @@
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...13 lines deleted...]
-              <a:tabLst/>
+            <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...15 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204"/>
-[...18 lines deleted...]
-              <a:t>like scheduling future meetings or selecting a meeting space for an upcoming event</a:t>
+              </a:rPr>
+              <a:t>“Purely ministerial purposes” include government business which does not involve any discretion or judgment, such as signing documents or arranging for payments which have already been approved. IPIB also interprets this to include a limited range of governmental tasks outside of policy-making authority, such as coordinating availability for future meetings.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Persons serving on governmental bodies should be constantly aware that their activities are subject to public scrutiny and should avoid even the appearance of engaging in unauthorized meetings.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="853340283"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="357398646"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -16545,51 +16358,85 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>See</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="262828"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t> Iowa Public Information Board Advisory Opinion 24AO:0004 - Electronic Meetings</a:t>
+              <a:t> Iowa Public Information Board Advisory Opinion 24AO:0006 - Electronic Meetings (Recent </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="262828"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Law Changes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="262828"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
@@ -17421,170 +17268,199 @@
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="418AB3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Closed Sessions (cont.)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1140643" y="1856873"/>
-            <a:ext cx="9222557" cy="4278094"/>
+            <a:ext cx="9222557" cy="4601260"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" lvl="3">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="ü"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="3" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>To evaluate the professional competency of an individual whose appointment, hiring, performance, or discharge is being considered </a:t>
-[...15 lines deleted...]
-              <a:t>and </a:t>
+              <a:t>To evaluate the professional competency of an individual whose appointment, hiring, performance, or discharge is being considered when necessary to prevent needless and irreparable injury to that individual’s reputation and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>that individual requests a closed session.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="3"/>
             <a:endParaRPr lang="en-US" sz="2100" b="1" u="sng" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1200150" lvl="4" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" b="1" i="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Teig</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> v. Loeffler</a:t>
+              <a:t> v. Hart </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>, No. 24-0029 (Ia. Ct. App. Dec. 4, 2024) - </a:t>
+              <a:t>(Iowa 2025) – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>requires the governmental body to determine whether a closed session is necessary to prevent needless and irreparable injury to the reputation of the individual requesting the closed session and only being in closed session for that portion.</a:t>
+              <a:t>a governmental body may rely on an individual’s request for a closed session interview to conclude </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>that closure is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>"a necessary precaution to protect against harm to the individual's reputation," without requiring additional, specific evidence of that risk.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1200150" lvl="4" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" b="1" i="1" dirty="0">
-[...5 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Note: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Closure</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>must still be based on the need to avoid reputational injury to the individual.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4059585734"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -18920,67 +18796,67 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>This section will discuss what limitations, if any, limit who can obtain public records.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>How does a governmental body comply with legal requirements for producing public records?</a:t>
+              <a:t>How does a government body comply with legal requirements for producing public records?</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>We will review actions required to be taken by governmental bodies.</a:t>
+              <a:t>We will review actions required to be taken by government bodies.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What exemptions exist for the production of public records? </a:t>
             </a:r>
             <a:r>
@@ -18990,51 +18866,51 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>There are over 75 exemptions that allow public records to remain confidential outlined in Iowa Code. We will review these exemptions.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>What happens if a governmental body does not comply with transparency requirements?</a:t>
+              <a:t>What happens if a government body does not comply with transparency requirements?</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> We will review possible penalties.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
@@ -21310,52 +21186,52 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="418AB3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Designate a lawful custodian</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F4CBD3B-99F6-42BA-9EE5-38409AA875D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="1998937"/>
-            <a:ext cx="9406129" cy="3954929"/>
+            <a:off x="1261871" y="1849648"/>
+            <a:ext cx="9406129" cy="5078313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Every government body must designate a lawful custodian and publicly announce who holds that responsibility. </a:t>
             </a:r>
@@ -21411,50 +21287,83 @@
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Each government body shall delegate to particular officials or employees of that government body the responsibility for implementing the requirements of this chapter and shall publicly announce the particular officials or employees to whom responsibility for implementing the requirements of this chapter has been delegated. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>If one government body stores records as an agent for another, the lawful custodian is still the owner, not the agency/body providing storage</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2040214147"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -21476,160 +21385,234 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1261871" y="294198"/>
             <a:ext cx="10270765" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="418AB3"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>lawful custodian and databases</a:t>
-[...13 lines deleted...]
-          <p:cNvSpPr/>
+              <a:t>Respond to the request for records</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="2111231"/>
-            <a:ext cx="9406129" cy="3954929"/>
+            <a:off x="1261872" y="1941995"/>
+            <a:ext cx="9101328" cy="4616648"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>“Lawful custodian” does not mean an automated data processing unit if the data processing unit holds the records solely as the agent of another public body, nor does it mean a unit which holds the records of other public bodies solely for storage.</a:t>
+              <a:t>While Chapter 22 is silent as to the exact time required to respond to a records request, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>there are requirements to respond</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
-              <a:spcBef>
-[...1 lines deleted...]
-              </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0">
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Iowa Code § 22.8(4)(d) does not require an absolute twenty-day deadline on a government body to find and produce requested public records, no matter how voluminous the request. </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Translation: There are agencies that simply store records for other agencies. The responsibility to produce these documents lies with the agency who is the lawful custodian and NOT the agency that is simply providing a storage mechanism.</a:t>
-[...6 lines deleted...]
-              </a:spcBef>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Horsfield Materials, Inc. v. City of Dyersville</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 834 N.W.2d 444 (Iowa 2013).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>A good faith delay is allowed to determine whether the record in question is a public record or confidential</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
-[...2 lines deleted...]
-              </a:spcBef>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>Nature and scope of a request are relevant to what is “reasonable”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>If a request is routine, it should generally be provided as soon as possible, though there is still no specific timeline</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3088689964"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499842424"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -21656,488 +21639,714 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="418AB3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Respond to the request for records</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="1941995"/>
-            <a:ext cx="9101328" cy="4616648"/>
+            <a:off x="1261872" y="1990121"/>
+            <a:ext cx="9101328" cy="3970318"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
-[...79 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>If a request is routine, work to provide it immediately or as soon as possible.</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:t>Lawful custodians should communicate with requesters to ensure the correct records are released in as timely a manner as possible and any issues are discussed.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>NOTE:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t> Iowa </a:t>
+            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>A good faith delay is allowed to determine whether the record in question is a public record or confidential.  (Section 22.8(4))</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="1257300" lvl="2" indent="-342900">
+              <a:t>Supreme Court decisions have raised questions regarding “unreasonable delay” and the factors that justify a delay. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Belin v. Reynolds</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 989 N.W.2d 166 (Iowa 2023) and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kirkwood Inst. v. Sand</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 6 N.W.3d 1 (Iowa 2024).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...9 lines deleted...]
-                <a:uFillTx/>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
-                <a:ea typeface="+mn-ea"/>
-[...3 lines deleted...]
-            </a:r>
+              </a:rPr>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>Iowa Public Information Board Advisory Opinion 24AO:0010 – “Reasonable Delay” Inquiry for an outline of factors that may be considered in a reasonable delay inquiry.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499842424"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1338610716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="418AB3"/>
-[...2 lines deleted...]
-              <a:t>Respond to the request for records</a:t>
+                  <a:srgbClr val="5194BA"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Supervision and Fees for production</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="1990121"/>
-            <a:ext cx="9101328" cy="3970318"/>
+            <a:off x="1261871" y="1845743"/>
+            <a:ext cx="9309875" cy="4678204"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...69 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>See </a:t>
-[...37 lines deleted...]
-              <a:buChar char="•"/>
+              <a:t>The custodian may charge a reasonable fee for the services of the custodian </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>to retrieve and copy public records.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
+            <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
-[...5 lines deleted...]
-              <a:t>See </a:t>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Fees should be based on the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>actual </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>costs </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204"/>
-[...3 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              </a:rPr>
+              <a:t>directly attributable to examination or copies of records. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:latin typeface="Arial" panose="020B0604020202020204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Fulfillment may be made contingent upon pre-payment of a fee.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Estimated expenses must be communicated to the requestor.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Fees cannot exceed the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>actual cost </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>of providing the service and cannot include the costs of ordinary administrative office expenses, such as insurance, depreciation, etc.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="5E5E5E">
+                  <a:lumMod val="50000"/>
+                </a:srgbClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1338610716"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1758753168"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -22159,450 +22368,193 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Supervision and Fees for production</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="1845743"/>
-            <a:ext cx="9309875" cy="4678204"/>
+            <a:off x="1261871" y="2150541"/>
+            <a:ext cx="9309875" cy="3077766"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marR="0" lvl="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>For routine requests taking less than thirty minutes, Chapter 22</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>The custodian may charge a reasonable fee for the services of the custodian </a:t>
-[...11 lines deleted...]
-            <a:pPr marR="0" lvl="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:t> states the lawful custodian shall make “every reasonable effort” to provide the record at no cost other than actual copying costs.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...38 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>directly attributable to examination or copies of records. </a:t>
-[...240 lines deleted...]
-            </a:pPr>
+              <a:t>Government bodies can control the terms and conditions of the examination of non-confidential records stored within geographic computer databases. Bodies must establish reasonable rates (actual costs to the government body) for the examination of these records. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>See</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Iowa Code § 22.2(3)(a). </a:t>
+            </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="5E5E5E">
                   <a:lumMod val="50000"/>
                 </a:srgbClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1758753168"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3093241882"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -22611,466 +22563,489 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Supervision and Fees for production</a:t>
+              <a:t>Fees - attorney Review of public records</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="2150541"/>
-            <a:ext cx="9309875" cy="3077766"/>
+            <a:off x="1261872" y="1990121"/>
+            <a:ext cx="9101328" cy="4616648"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Attorneys representing government bodies can charge for time spend reviewing public records, but there are limitations:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>"Costs for legal services should only be utilized for the redaction or review of legally protected confidential information." Iowa Code § 22.3.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The lawful custodian should only charge the requester for the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>time an attorney spends actually redacting or reviewing confidential information.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Iowa Public Information Board Advisory Opinion 23AO:0002 – Costs for Legal Services and 25AO:0001 - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fees Charged by County Attorneys as Lawful Custodians of Public Records</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="5E5E5E"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFontTx/>
+              <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...42 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:srgbClr val="000000"/>
+                <a:srgbClr val="5E5E5E"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...47 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3093241882"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="803627685"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1261871" y="294198"/>
+            <a:ext cx="10270765" cy="1397124"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="5194BA"/>
-[...2 lines deleted...]
-              <a:t>Fees - attorney Review of public records</a:t>
+                  <a:srgbClr val="418AB3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Is redaction required?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="1990121"/>
-            <a:ext cx="9101328" cy="4616648"/>
+            <a:off x="1261872" y="2294919"/>
+            <a:ext cx="9101328" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...141 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...2 lines deleted...]
-              </a:ln>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Records cannot be withheld because they contain both non-confidential and confidential material. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="5E5E5E"/>
+                <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204"/>
-              <a:ea typeface="+mn-ea"/>
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Government bodies need to ensure examination of a public record is possible and need to find a way to remove or redact confidential material from records if applicable. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="1" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>See</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> Iowa Code </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>§ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>22.3A(2).</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="803627685"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1315823590"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -23326,2286 +23301,2055 @@
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11D364E7-37E3-49CD-A461-A4BB22477B56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="294198"/>
-            <a:ext cx="10270765" cy="1397124"/>
+            <a:off x="1085409" y="2730438"/>
+            <a:ext cx="10111980" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...169 lines deleted...]
-              <a:t>22.3A(2).</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What Exemptions exist for production of public records – aka confidential records?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1315823590"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1191773583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1085409" y="2730438"/>
-            <a:ext cx="10111980" cy="1397124"/>
+            <a:off x="1261871" y="294198"/>
+            <a:ext cx="10270765" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>What Exemptions exist for production of public records – aka confidential records?</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5194BA"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Confidential Records</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5194BA"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1261872" y="2166583"/>
+            <a:ext cx="9101328" cy="4616648"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Iowa Code </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>§ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>22.7 includes a list of 75+ (and growing) types of records that are confidential under the open records law</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Additional laws may also contain provisions </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>establishing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> confidentiality.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The most commonly utilized exemptions for confidential records are:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>Personal student information in school records (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>22.7(1)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Medical records (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>22.7(2)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Trade secrets protected by law (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>22.7(3)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>, defined in Chapter 550)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Attorney work product related to litigation or any claim made by or against a public body (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(4)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1257300" lvl="2" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>The Iowa Supreme Court has also recognized confidentiality from attorney-client privilege, despite its absence in Chapter 22</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Appraisal information for the sale or purchase of property for public purposes </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>prior to execution or submission of appraisal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(7)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1191773583"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4244233164"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="294198"/>
-            <a:ext cx="10270765" cy="1397124"/>
+            <a:off x="1074821" y="294198"/>
+            <a:ext cx="10457815" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Confidential Records</a:t>
+              <a:t>common exemptions, cont.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5194BA"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="2166583"/>
-            <a:ext cx="9101328" cy="4616648"/>
+            <a:off x="1261872" y="1893869"/>
+            <a:ext cx="9101328" cy="4939814"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Criminal identification files of law enforcement agencies (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(9)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Library records which could be used to reveal the identity of a patron checking out or requesting an item or information (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(13)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Examinations, including cognitive examinations of law enforcement, if disclosure would interfere with their purposes (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(19)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Medical examiner reports, including investigative reports (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(40)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Security information related to the protection of life or property, if disclosure could reasonably jeopardize life or property (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>22.7(50)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Iowa Code </a:t>
-[...10 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:t>Intelligence data on identifiable individuals, used to anticipate, prevent, or monitor possible criminal activity (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>22.7 includes a list of 75+ (and growing) types of records that are confidential under the open records law</a:t>
-[...59 lines deleted...]
-            </a:pPr>
+              <a:t>22.7(55)</a:t>
+            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Additional laws may also contain provisions </a:t>
-[...40 lines deleted...]
-              <a:buSzTx/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
-              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...8 lines deleted...]
-                <a:uFillTx/>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
-                <a:ea typeface="+mn-ea"/>
-[...26 lines deleted...]
-                  <a:srgbClr val="000000"/>
+              </a:rPr>
+              <a:t>Information in a record which would permit a governmental body to hold a Section 21.5 closed session, until final action is taken (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
               </a:rPr>
-              <a:t>Personal student information in school records (</a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2100" dirty="0">
+              <a:t>22.7(60)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...139 lines deleted...]
-            <a:pPr marL="800100" lvl="1" indent="-342900">
+            <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...25 lines deleted...]
-            <a:pPr marL="1257300" lvl="2" indent="-342900">
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204"/>
               </a:rPr>
-              <a:t>The Iowa Supreme Court has also recognized confidentiality from attorney-client privilege, despite its absence in Chapter 22</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:t>Note: Some of these exemptions may have exceptions or special rules! Check Chapter 22 – this list is only an overview of categories.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
-                <a:srgbClr val="000000"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204"/>
-              <a:ea typeface="+mn-ea"/>
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
-          </a:p>
-[...45 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4244233164"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="859087316"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1074821" y="294198"/>
-            <a:ext cx="10457815" cy="1397124"/>
+            <a:off x="1261871" y="294198"/>
+            <a:ext cx="10270765" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>common exemptions, cont.</a:t>
+              <a:t>Confidential Personnel Records - 22.7(11)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5194BA"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1261872" y="1893869"/>
             <a:ext cx="9101328" cy="4939814"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" indent="-342900">
+            <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" sz="2100" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Personal information </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Criminal identification files of law enforcement agencies (</a:t>
+              <a:t>in confidential personnel records of government bodies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>relating to identified or identifiable individuals </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="0070C0"/>
-[...14 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>who are officials, officers, or employees of the government bodies is confidential</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Library records which could be used to reveal the identity of a patron checking out or requesting an item or information (</a:t>
-[...19 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:t>It is the type of record, not where it is located, that matters.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
-              <a:defRPr/>
-[...91 lines deleted...]
-              <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Intelligence data on identifiable individuals, used to anticipate, prevent, or monitor possible criminal activity (</a:t>
+              <a:t>The following information in personnel records </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>is public </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="0070C0"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>22.7(55)</a:t>
-            </a:r>
+              <a:t>under 22.7(11):</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Arial" panose="020B0604020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>)</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:t>employee’s name,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" dirty="0">
-[...41 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>compensation (anything of value given to an employee, including pay, benefits, vacation, severance payments and retirement benefits, including any written agreement about terms of employment</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
-[...7 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>employment dates and positions held, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2100" dirty="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>educational background and previous employment</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>whether the individual resigned in lieu of termination, was discharged, or was demoted as the result of a disciplinary action, and the documented reasons and rationale</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="859087316"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1831232477"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="294198"/>
-            <a:ext cx="10270765" cy="1397124"/>
+            <a:off x="1007707" y="294198"/>
+            <a:ext cx="10524930" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3000" dirty="0">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Persons Outside Government -  22.7(18)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5194BA"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="1893869"/>
-            <a:ext cx="9101328" cy="4939814"/>
+            <a:off x="1261871" y="1893869"/>
+            <a:ext cx="9839265" cy="4539704"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
-          <a:p>
-[...62 lines deleted...]
-          </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Communication received from a p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>The following information in personnel records </a:t>
-[...2 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="1" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:t>erson</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>is public </a:t>
-[...19 lines deleted...]
-            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:t> outside government;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>employee’s name,</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="800100" marR="0" lvl="1" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:t>Communication is not required by law or rule; AND</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>T</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>compensation (anything of value given to an employee, including pay, benefits, vacation, severance payments and retirement benefits, including any written agreement about terms of employment</a:t>
-[...21 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:t>he </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>employment dates and positions held, </a:t>
-[...21 lines deleted...]
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:t>lawful custodian could reasonably determine </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>educational background and previous employment</a:t>
-[...14 lines deleted...]
-              <a:buSzTx/>
+              <a:t>that the person would be dissuaded from reporting if the communication is made public.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
-              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...13 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" sz="1900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The communication is a public record to the extent that the person outside of government making that communication consents to its treatment as a public record.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Information contained in the communication is a public record to the extent that it can be disclosed </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>without directly or indirectly indicating the identity of the person outside of government.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Information contained in the communication is a public record to the extent that it indicates the date, time, specific location, and immediate facts and circumstances surrounding the occurrence of a crime or other illegal act, except to the extent that its disclosure would plainly and seriously jeopardize a continuing investigation or pose a clear and present danger to the safety of any person. </a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1831232477"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1286627440"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05E5189A-4970-4EB8-B7C1-50EA54A56A40}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Persons Outside Government -  22.7(18)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96ECB67E-6D08-4B6B-AADA-488A8127B0E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1007707" y="294198"/>
-[...30 lines deleted...]
-            <a:ext cx="9839265" cy="4539704"/>
+            <a:off x="1304925" y="2105025"/>
+            <a:ext cx="9582150" cy="3970318"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...222 lines deleted...]
-              </a:ln>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Job applications from external candidates </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(not currently employed by the government body) can be confidential pursuant to Iowa Code § 22.7(18) if the custodian has reason to believe disclosure would discourage outsiders from future communications.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:effectLst/>
-[...1 lines deleted...]
-              <a:uFillTx/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Does not </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>apply to internal government body candidates because they have an “arrangement for compensation” with the government body.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Teig</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> v. Chavez</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>8 N.W.3d 484</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> (Iowa 2024)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Does not </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>apply to applications to fill an elected office. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dierks v. Scott County, No. 23–1729 (Feb. 14, 2025).</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1286627440"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3322771509"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
-[...229 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1261871" y="294198"/>
             <a:ext cx="10270765" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
@@ -25751,51 +25495,51 @@
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>22.7(65).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2126821873"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AC3AAEB-6F48-46E9-81EC-CD94DFCFAB50}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -25842,197 +25586,386 @@
           <a:xfrm>
             <a:off x="1415213" y="2051328"/>
             <a:ext cx="9080937" cy="4512474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2266530635"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="753979" y="294198"/>
+            <a:ext cx="10778657" cy="1397124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Police Investigative Files - 22.7(5)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1261872" y="1845743"/>
+            <a:ext cx="9101328" cy="3631763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Police investigative files are not guaranteed confidentiality, but rather must qualify for the privilege of confidentiality using a balancing test.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The confidentiality afforded to police investigative reports under 22.7(5) is a qualified, rather than categorical, privilege. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>See Mitchell v. City of Cedar Rapids</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 926 N.W.2d 222, 232–234 (Iowa 2019). …demonstrating that a particular record is part of a police investigative report is a necessary, but not sufficient, condition to an ultimate determination that the record is in fact confidential under § 22.7(5). </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2820032157"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:transition>
+    <p:fade thruBlk="1"/>
+  </p:transition>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="753979" y="294198"/>
-            <a:ext cx="10778657" cy="1397124"/>
+            <a:off x="770021" y="294198"/>
+            <a:ext cx="10762615" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Police Investigative Files - 22.7(5)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="1845743"/>
-            <a:ext cx="9101328" cy="3631763"/>
+            <a:off x="1261872" y="1749491"/>
+            <a:ext cx="9101328" cy="4601260"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0">
-[...31 lines deleted...]
-          <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>The confidentiality afforded to police investigative reports under 22.7(5) is a qualified, rather than categorical, privilege. </a:t>
+              <a:t>In addition to demonstrating that the record in question is part of an investigative report, “[a]n official claiming the privilege must satisfy a three-part test: (1) a public officer is being examined, (2) the communication [to the officer] was made in official confidence, and (3) the public interest would suffer by disclosure.” </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>See Mitchell v. City of Cedar Rapids</a:t>
+              <a:t>Mitchell v. City of Cedar Rapids</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>, 926 N.W.2d 222, 232–234 (Iowa 2019). …demonstrating that a particular record is part of a police investigative report is a necessary, but not sufficient, condition to an ultimate determination that the record is in fact confidential under § 22.7(5). </a:t>
-            </a:r>
+              <a:t>, 926 N.W.2d 222, 232 (Iowa 2019) (citing </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hawk Eye v. Jackson</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, 521 N.W.2d 750, 752 (Iowa 1994)).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              </a:rPr>
+              <a:t>The Iowa Public Information Board has applied the balancing test in numerous complaint and advisory opinions, which can be found on the Iowa Public Information Board website. For example, see Iowa Public Information Board Advisory Opinion 23AO:0003 – Confidentiality of Peace Officer Investigative Files.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2820032157"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1023963402"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -26096,198 +26029,241 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770021" y="294198"/>
-            <a:ext cx="10762615" cy="1397124"/>
+            <a:off x="1261871" y="294198"/>
+            <a:ext cx="10270765" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5194BA"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Settlement Records - 22.13</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5194BA"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="1749491"/>
-            <a:ext cx="9101328" cy="4601260"/>
+            <a:off x="1261872" y="2367858"/>
+            <a:ext cx="9101328" cy="2354491"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
-[...9 lines deleted...]
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>When a government body is involved in a legal dispute, the </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>In addition to demonstrating that the record in question is part of an investigative report, “[a]n official claiming the privilege must satisfy a three-part test: (1) a public officer is being examined, (2) the communication [to the officer] was made in official confidence, and (3) the public interest would suffer by disclosure.” </a:t>
-[...35 lines deleted...]
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:t>body</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> must prepare a summary after the dispute is resolved that indicates the identity of the parties involved, the nature of the dispute and the terms of the settlement. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:latin typeface="Arial" panose="020B0604020202020204"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>The summary and the settlement agreement are public records. Iowa Code </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204"/>
-[...14 lines deleted...]
-            </a:endParaRPr>
+              </a:rPr>
+              <a:t>§ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>22.13.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1023963402"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="660493691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -26301,736 +26277,504 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1261871" y="294198"/>
             <a:ext cx="10270765" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Settlement Records - 22.13</a:t>
+              <a:t>Release of Confidential Records</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5194BA"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261872" y="2367858"/>
-            <a:ext cx="9101328" cy="2354491"/>
+            <a:off x="1261872" y="2283359"/>
+            <a:ext cx="9101328" cy="3000821"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFontTx/>
+              <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Iowa </a:t>
+            </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>When a government body is involved in a legal dispute, the </a:t>
-[...27 lines deleted...]
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:t>public records law allows the release of confidential information when:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFontTx/>
+              <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
+              <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>The summary and the settlement agreement are public records. Iowa Code </a:t>
-[...7 lines deleted...]
-              <a:t>§ </a:t>
+              <a:t>rdered</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>22.13.</a:t>
-            </a:r>
+              <a:t> by a court,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Released by the lawful custodian of the records, or </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Released </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="2100" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>by another person duly authorized to release such information.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Iowa Code § 22.7</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2100" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="660493691"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2019545136"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11D364E7-37E3-49CD-A461-A4BB22477B56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1261871" y="294198"/>
-            <a:ext cx="10270765" cy="1397124"/>
+            <a:off x="1085409" y="3147530"/>
+            <a:ext cx="10111980" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-[...351 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What happens if a government body does not comply with transparency requirements?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2019545136"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1287837276"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide63.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Title 2">
-[...66 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1261872" y="5442"/>
             <a:ext cx="9692640" cy="1397124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5194BA"/>
                 </a:solidFill>
@@ -27125,109 +26869,116 @@
               <a:uLnTx/>
               <a:uFillTx/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
-[...12 lines deleted...]
-              <a:t>A court can issue an injunction ordering a government body to comply, assess damages between $100-$2,500, order payment of costs and attorney fees, and remove repeat violators from office. If a member of a governmental body knowingly participated in a violation, damages increase to $1,000-$12,500.</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Penalties</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Penalties have been raised for Chapter 21 violations!</a:t>
-[...16 lines deleted...]
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:t>Fees (Chapter 21) - $500-$2,500, $5,000-$12,500 for knowing participation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fees (Chapter 22) - $100-$500, $1,000-$2,500 for knowing participation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Other Penalties - may issue an injunction ordering compliance, order payment of costs/attorney fees, and remove repeat violators</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0" lvl="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -27390,51 +27141,51 @@
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Iowa Code § 21.6.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3028542020"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition>
     <p:fade thruBlk="1"/>
   </p:transition>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide65.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide64.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0ACCFE68-97A0-4E62-857C-8897AF8F86ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -27555,90 +27306,90 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2029326" y="2322096"/>
+            <a:off x="2029329" y="3908300"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Graphic 6" descr="Internet">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07CFE797-9EA9-4BFC-BB15-D78F557C2BDB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2029331" y="4014534"/>
+            <a:off x="2029329" y="2367134"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Graphic 8" descr="Telephone">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB42D81-80CA-469E-A86C-E8C2DAE99536}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -29151,134 +28902,133 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TM03457515[[fn=View]]</Template>
   <TotalTime></TotalTime>
-  <Words>5567</Words>
+  <Words>5523</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>471</Paragraphs>
-[...1 lines deleted...]
-  <Notes>45</Notes>
+  <Paragraphs>470</Paragraphs>
+  <Slides>64</Slides>
+  <Notes>44</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>65</vt:i4>
+        <vt:i4>64</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="72" baseType="lpstr">
+    <vt:vector size="71" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>var(--font-display-face)</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>View</vt:lpstr>
       <vt:lpstr>1_View</vt:lpstr>
       <vt:lpstr>Iowa Sunshine Laws</vt:lpstr>
       <vt:lpstr>DISCLAIMER</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>History</vt:lpstr>
       <vt:lpstr>Road map to open meetings</vt:lpstr>
       <vt:lpstr>Are you a governmental body?</vt:lpstr>
       <vt:lpstr>Governmental Bodies</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Best Practices</vt:lpstr>
       <vt:lpstr>Are you holding a meeting?</vt:lpstr>
       <vt:lpstr>Meetings</vt:lpstr>
       <vt:lpstr>Best practice</vt:lpstr>
       <vt:lpstr>Deliberation</vt:lpstr>
       <vt:lpstr>SOCIAL GATHERINGS</vt:lpstr>
-      <vt:lpstr>ATTENDANCE AT SOCIAL AND MINISTERIAL EVENTS</vt:lpstr>
+      <vt:lpstr>MINISTERIAL Purposes</vt:lpstr>
       <vt:lpstr>Best Practice</vt:lpstr>
       <vt:lpstr>EMAIL and text</vt:lpstr>
       <vt:lpstr>Are you complying with all legal requirements for a meeting?</vt:lpstr>
       <vt:lpstr>notice</vt:lpstr>
       <vt:lpstr>AGENDAS</vt:lpstr>
       <vt:lpstr>Minutes</vt:lpstr>
       <vt:lpstr>electronic access to meetings - 21.8</vt:lpstr>
       <vt:lpstr>Public participation</vt:lpstr>
       <vt:lpstr>Public rights at open meeting</vt:lpstr>
       <vt:lpstr>Are you holding a closed session?</vt:lpstr>
       <vt:lpstr>Closed Sessions</vt:lpstr>
       <vt:lpstr>Closed Sessions (cont.)</vt:lpstr>
       <vt:lpstr>Closed Sessions (cont.)</vt:lpstr>
       <vt:lpstr>Closed Sessions (cont.)</vt:lpstr>
       <vt:lpstr>Closed Sessions (cont.)</vt:lpstr>
       <vt:lpstr>Closed Session procedures</vt:lpstr>
       <vt:lpstr>Exempt sessions</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Road map to public records</vt:lpstr>
       <vt:lpstr>What is a public record?</vt:lpstr>
       <vt:lpstr>PUBLIC RECORDS</vt:lpstr>
       <vt:lpstr>Public records – Public and private</vt:lpstr>
       <vt:lpstr>BEST PRACTICES</vt:lpstr>
       <vt:lpstr>Who can obtain public records?</vt:lpstr>
       <vt:lpstr>Who has the right to examine public records?</vt:lpstr>
       <vt:lpstr>Must a request be by an identifiable individual?</vt:lpstr>
       <vt:lpstr>How does a government body comply with legal requirements for producing public records? </vt:lpstr>
       <vt:lpstr>Designate a lawful custodian</vt:lpstr>
-      <vt:lpstr>lawful custodian and databases</vt:lpstr>
       <vt:lpstr>Respond to the request for records</vt:lpstr>
       <vt:lpstr>Respond to the request for records</vt:lpstr>
       <vt:lpstr>Supervision and Fees for production</vt:lpstr>
       <vt:lpstr>Supervision and Fees for production</vt:lpstr>
       <vt:lpstr>Fees - attorney Review of public records</vt:lpstr>
       <vt:lpstr>Is redaction required?</vt:lpstr>
       <vt:lpstr>What Exemptions exist for production of public records – aka confidential records?</vt:lpstr>
       <vt:lpstr>Confidential Records</vt:lpstr>
       <vt:lpstr>common exemptions, cont.</vt:lpstr>
       <vt:lpstr>Confidential Personnel Records - 22.7(11)</vt:lpstr>
       <vt:lpstr>Persons Outside Government -  22.7(18)</vt:lpstr>
       <vt:lpstr>Persons Outside Government -  22.7(18)</vt:lpstr>
       <vt:lpstr>“Draft” Records - 22.7(65)</vt:lpstr>
       <vt:lpstr>23AO:0008 Draft Documents</vt:lpstr>
       <vt:lpstr>Police Investigative Files - 22.7(5)</vt:lpstr>
       <vt:lpstr>Police Investigative Files - 22.7(5)</vt:lpstr>
       <vt:lpstr>Settlement Records - 22.13</vt:lpstr>
       <vt:lpstr>Release of Confidential Records</vt:lpstr>
       <vt:lpstr>What happens if a government body does not comply with transparency requirements?</vt:lpstr>
       <vt:lpstr>Penalties and sanctions</vt:lpstr>
       <vt:lpstr>Contact us with any questions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>